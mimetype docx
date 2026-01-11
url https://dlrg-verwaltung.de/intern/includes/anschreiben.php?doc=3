--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -601,51 +601,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D" w:rsidP="00A405B2">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Betreff: 1. Mahnung, Rückständiger Beitrag 2025, Mitgliedsnummer: 9999</w:t>
+        <w:t>Betreff: 1. Mahnung, Rückständiger Beitrag 2026, Mitgliedsnummer: 9999</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00A405B2" w:rsidP="001D26C3">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -654,51 +654,51 @@
         </w:rPr>
         <w:t>Sehr geehrter Herr Tisch,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="001D26C3" w:rsidP="001D26C3">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="002D7522" w:rsidP="002D7522">
       <w:pPr>
         <w:pStyle w:val="DLRGFlietext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>vermutlich ist Ihnen entgangen, dass der aufgrund unserer Satzung am 31.01.2025 fällige Mitgliedsbeitrag für das laufende Kalenderjahr noch nicht beglichen ist.</w:t>
+        <w:t>vermutlich ist Ihnen entgangen, dass der aufgrund unserer Satzung am 31.01.2026 fällige Mitgliedsbeitrag für das laufende Kalenderjahr noch nicht beglichen ist.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00F92041" w:rsidP="002D7522">
       <w:pPr>
         <w:pStyle w:val="DLRGFlietext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00F92041" w:rsidP="00F92041">
       <w:pPr>
         <w:pStyle w:val="DLRGFlietext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Da wir einerseits glauben, dass es sich hierbei offensichtlich um ein Versehen handelt, und wir andererseits unsere Ausgaben insbesondere für Haftpflichtversicherung, Schwimmausbildung und Beitragsabführung an DLRG-Gliederungen durch die Beiträge finanzieren müssen, bitten wir um umgehende Überweisung des noch offen stehenden Jahresbeitrages in Höhe von</w:t>
       </w:r>