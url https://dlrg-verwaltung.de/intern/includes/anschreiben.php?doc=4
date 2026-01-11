--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -604,51 +604,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D" w:rsidP="00A405B2">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Betreff: 2. Mahnung, Rückständiger Beitrag 2025, Mitgliedsnummer: 9999</w:t>
+        <w:t>Betreff: 2. Mahnung, Rückständiger Beitrag 2026, Mitgliedsnummer: 9999</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00A405B2" w:rsidP="001D26C3">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -657,51 +657,51 @@
         </w:rPr>
         <w:t>Sehr geehrter Herr Tisch,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="001D26C3" w:rsidP="001D26C3">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="002D7522" w:rsidP="002D7522">
       <w:pPr>
         <w:pStyle w:val="DLRGFlietext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>trotz einer Zahlungserinnerung steht Ihr Beitrag für das Jahr 2025 immer noch offen. Um unseren Verpflichtungen für Haftpflichtversicherung, Ausbildungsmaterial usw. termingerecht nachkommen zu können, sind wir auf die pünktliche Zahlung des Jahresbeitrages dringend angewiesen.</w:t>
+        <w:t>trotz einer Zahlungserinnerung steht Ihr Beitrag für das Jahr 2026 immer noch offen. Um unseren Verpflichtungen für Haftpflichtversicherung, Ausbildungsmaterial usw. termingerecht nachkommen zu können, sind wir auf die pünktliche Zahlung des Jahresbeitrages dringend angewiesen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00F92041" w:rsidP="002D7522">
       <w:pPr>
         <w:pStyle w:val="DLRGFlietext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00F92041" w:rsidP="00F92041">
       <w:pPr>
         <w:pStyle w:val="DLRGFlietext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Wir bitten deshalb, uns den offen stehenden Jahresbeitrag in Höhe von</w:t>
       </w:r>