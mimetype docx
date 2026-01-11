--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -604,51 +604,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D" w:rsidP="00A405B2">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Betreff: 3. Mahnung, Rückständiger Beitrag 2025, Mitgliedsnummer: 9999</w:t>
+        <w:t>Betreff: 3. Mahnung, Rückständiger Beitrag 2026, Mitgliedsnummer: 9999</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="007F1D8D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00A405B2" w:rsidP="001D26C3">
       <w:pPr>
         <w:pStyle w:val="DLRGAnrede"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -914,51 +914,51 @@
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="002F0695" w:rsidP="002F0695">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Sollte der Jahresbeitrag bis zum 30. April 2025 nicht bei uns eingegangen sein, werden wir uns vorbehalten, einen Mahnbescheid zu beantragen.</w:t>
+        <w:t>Sollte der Jahresbeitrag bis zum 30. April 2026 nicht bei uns eingegangen sein, werden wir uns vorbehalten, einen Mahnbescheid zu beantragen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006A7940" w:rsidP="006A7940">
       <w:pPr>
         <w:pStyle w:val="DLRGFlietext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="002D7522" w:rsidP="002D7522">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="002D7522" w:rsidP="002D7522">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>