--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DJSA Gold" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Nr.</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
     <t>Vorname</t>
   </si>
   <si>
     <t>Geburtsdatum</t>
   </si>
   <si>
     <t>Straße &amp; Nr.</t>
   </si>
   <si>
     <t>PLZ</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Prüfer</t>
   </si>
   <si>
@@ -195,50 +195,74 @@
     <t>Arminiusstr. 4</t>
   </si>
   <si>
     <t>Ihle</t>
   </si>
   <si>
     <t>Ben</t>
   </si>
   <si>
     <t>27.07.2010</t>
   </si>
   <si>
     <t>Siegstr. 4</t>
   </si>
   <si>
     <t>Ludwig</t>
   </si>
   <si>
     <t>Jan Niklas Benedikt</t>
   </si>
   <si>
     <t>07.08.2005</t>
   </si>
   <si>
     <t>Judenpfad 5a</t>
+  </si>
+  <si>
+    <t>Opdensteinen</t>
+  </si>
+  <si>
+    <t>Noël</t>
+  </si>
+  <si>
+    <t>17.12.2008</t>
+  </si>
+  <si>
+    <t>Im Weißer Grund 24</t>
+  </si>
+  <si>
+    <t>Raoul</t>
+  </si>
+  <si>
+    <t>Joël</t>
+  </si>
+  <si>
+    <t>20.11.2008</t>
+  </si>
+  <si>
+    <t>Zülpicher Str. 223</t>
   </si>
   <si>
     <t>Schulte</t>
   </si>
   <si>
     <t>Simon Michael</t>
   </si>
   <si>
     <t>31.03.2008</t>
   </si>
   <si>
     <t>Nibelungenweg 6-8</t>
   </si>
   <si>
     <t>Szyslo</t>
   </si>
   <si>
     <t>Leander</t>
   </si>
   <si>
     <t>07.03.2008</t>
   </si>
   <si>
     <t>Hitzelerstr. 54d</t>
   </si>
@@ -1026,146 +1050,206 @@
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
         <v>63</v>
       </c>
       <c r="E12" t="s">
         <v>64</v>
       </c>
       <c r="F12">
-        <v>50996</v>
+        <v>50999</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>16</v>
       </c>
       <c r="I12" t="s">
         <v>17</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" t="s">
         <v>66</v>
       </c>
       <c r="D13" t="s">
         <v>67</v>
       </c>
       <c r="E13" t="s">
         <v>68</v>
       </c>
       <c r="F13">
-        <v>50968</v>
+        <v>50937</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>16</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
         <v>70</v>
       </c>
       <c r="D14" t="s">
         <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>72</v>
       </c>
       <c r="F14">
-        <v>51105</v>
+        <v>50996</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>16</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15">
         <v>14</v>
       </c>
+      <c r="B15" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15">
+        <v>50968</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K15" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16">
         <v>15</v>
+      </c>
+      <c r="B16" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>80</v>
+      </c>
+      <c r="F16">
+        <v>51105</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" t="s">
+        <v>17</v>
+      </c>
+      <c r="J16" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21">
         <v>20</v>