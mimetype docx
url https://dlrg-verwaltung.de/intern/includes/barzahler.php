--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -3,50 +3,1770 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xml:space="preserve">
   <w:body>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4400</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bastians</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Lilly Antonia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4371</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Engels</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Philipp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>60,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4388</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fritzen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Carlo Valentin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Isenbeck</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Hannah Sophie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>3829</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Jansen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Carl Constantin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>3841</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Jansen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Laurin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>2913</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Knoesel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Sandra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4049</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>KÃ¶rner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Kristian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4375</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kusenbach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Niclas Joris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4567</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Lachmann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Lena Marie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>60,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4379</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Lachmann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Maike</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>2606</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Lachmann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Ralf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4452</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Leiskau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Clara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>60,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>3613</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Puls</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Beata Natalia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Steinhofer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Sina Anna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4493</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Torkzad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Naghmeh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4389</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Vierlinger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Sarah Maria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4476</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>von Witzleben</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Feline Auguste</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>60,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4422</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Frau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wagner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Lisa-Marie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>60,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>2145</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>WeiÃ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Stephan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>70,00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="00780154" w:rsidP="00780154">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
     <w:p w:rsidRDefault="007A7636" w:rsidP="00780154">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="right" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00710F97" w:rsidP="00710F97"/>
     <w:sectPr w:rsidSect="00A80863">