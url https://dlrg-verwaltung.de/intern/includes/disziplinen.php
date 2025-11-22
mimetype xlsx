--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DJSA Bronze" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>DLRG Rodenkirchen e.V.</t>
   </si>
   <si>
     <t>Jugendschwimmabzeichen Bronze</t>
   </si>
   <si>
     <t>Nr.</t>
   </si>
   <si>
     <t>Name, Vorname</t>
   </si>
   <si>
     <t>Sprung kopfwärts vom Beckenrand und 15 Minuten Schwimmen. In dieser Zeit sind mindestens 200 m zurückzulegen, davon 150 m in Bauch- oder Rückenlage in einer erkennbaren Schwimmart und 50 m in der anderen Körperlage (Wechsel der Körperlage während des Schwimmens auf der Schwimmbahn ohne Festhalten)</t>
   </si>
   <si>
     <t>Einmal ca. 2 m Tieftauchen von der Wasseroberfläche mit Heraufholen eines Gegenstandes (z.B.: kleiner Tauchring)</t>
   </si>
   <si>
     <t>Ein Paketsprung vom Startblock oder 1 m-Brett</t>
   </si>
   <si>
     <t>Kenntnis der Baderegeln</t>
   </si>
   <si>
@@ -67,50 +67,56 @@
     <t>Degenhardt, Jan</t>
   </si>
   <si>
     <t>Ditscheid, Jonas Hans Heinrich</t>
   </si>
   <si>
     <t>Engels, Philipp</t>
   </si>
   <si>
     <t>Fehr, Fabian</t>
   </si>
   <si>
     <t>Gold, Emilian</t>
   </si>
   <si>
     <t>Grunwald, Oliver</t>
   </si>
   <si>
     <t>Hüsch, Simon</t>
   </si>
   <si>
     <t>Ihle, Ben</t>
   </si>
   <si>
     <t>Ludwig, Jan Niklas Benedikt</t>
+  </si>
+  <si>
+    <t>Opdensteinen, Noël</t>
+  </si>
+  <si>
+    <t>Raoul, Joël</t>
   </si>
   <si>
     <t>Schulte, Simon Michael</t>
   </si>
   <si>
     <t>Szyslo, Leander</t>
   </si>
   <si>
     <t>Wingen, Jannis</t>
   </si>
   <si>
     <t>Ditscheid, Leon</t>
   </si>
   <si>
     <t>Fritzen, Carlo Valentin</t>
   </si>
   <si>
     <t>Jazewicz, Dawid</t>
   </si>
   <si>
     <t>Klein, Jaron Peter</t>
   </si>
   <si>
     <t>Kusenbach, Niclas Joris</t>
   </si>
@@ -981,54 +987,60 @@
     <row r="22" spans="1:15" customHeight="1" ht="30" s="8" customFormat="1">
       <c r="A22" s="23">
         <v>19</v>
       </c>
       <c r="B22" s="16" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="30" s="8" customFormat="1">
       <c r="A23" s="24">
         <v>20</v>
       </c>
       <c r="B23" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
     </row>
     <row r="24" spans="1:15">
+      <c r="B24" s="1" t="s">
+        <v>28</v>
+      </c>
       <c r="I24" s="3"/>
       <c r="J24" s="1"/>
     </row>
     <row r="25" spans="1:15">
+      <c r="B25" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="I25" s="3"/>
       <c r="J25" s="1"/>
     </row>
     <row r="26" spans="1:15">
       <c r="I26" s="3"/>
       <c r="J26" s="1"/>
     </row>
     <row r="27" spans="1:15">
       <c r="I27" s="3"/>
       <c r="J27" s="1"/>
     </row>
     <row r="28" spans="1:15">
       <c r="I28" s="3"/>
       <c r="J28" s="1"/>
     </row>
     <row r="29" spans="1:15">
       <c r="I29" s="3"/>
       <c r="J29" s="1"/>
     </row>
     <row r="30" spans="1:15">
       <c r="I30" s="3"/>
       <c r="J30" s="1"/>
     </row>
     <row r="31" spans="1:15">
       <c r="I31" s="3"/>