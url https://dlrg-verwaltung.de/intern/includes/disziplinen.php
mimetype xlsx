--- v1 (2025-11-22)
+++ v2 (2026-01-11)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DJSA Bronze" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>DLRG Rodenkirchen e.V.</t>
   </si>
   <si>
     <t>Jugendschwimmabzeichen Bronze</t>
   </si>
   <si>
     <t>Nr.</t>
   </si>
   <si>
     <t>Name, Vorname</t>
   </si>
   <si>
     <t>Sprung kopfwärts vom Beckenrand und 15 Minuten Schwimmen. In dieser Zeit sind mindestens 200 m zurückzulegen, davon 150 m in Bauch- oder Rückenlage in einer erkennbaren Schwimmart und 50 m in der anderen Körperlage (Wechsel der Körperlage während des Schwimmens auf der Schwimmbahn ohne Festhalten)</t>
   </si>
   <si>
     <t>Einmal ca. 2 m Tieftauchen von der Wasseroberfläche mit Heraufholen eines Gegenstandes (z.B.: kleiner Tauchring)</t>
   </si>
   <si>
     <t>Ein Paketsprung vom Startblock oder 1 m-Brett</t>
   </si>
   <si>
     <t>Kenntnis der Baderegeln</t>
   </si>
   <si>
@@ -93,60 +93,51 @@
   <si>
     <t>Opdensteinen, Noël</t>
   </si>
   <si>
     <t>Raoul, Joël</t>
   </si>
   <si>
     <t>Schulte, Simon Michael</t>
   </si>
   <si>
     <t>Szyslo, Leander</t>
   </si>
   <si>
     <t>Wingen, Jannis</t>
   </si>
   <si>
     <t>Ditscheid, Leon</t>
   </si>
   <si>
     <t>Fritzen, Carlo Valentin</t>
   </si>
   <si>
     <t>Jazewicz, Dawid</t>
   </si>
   <si>
-    <t>Klein, Jaron Peter</t>
-[...1 lines deleted...]
-  <si>
     <t>Kusenbach, Niclas Joris</t>
-  </si>
-[...4 lines deleted...]
-    <t>Zerfaoui, Sami</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="&quot;0&quot;0"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="166" formatCode="&quot;0&quot;0&quot;.&quot;"/>
     <numFmt numFmtId="167" formatCode="0&quot;.&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -978,69 +969,61 @@
       </c>
       <c r="B21" s="19" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="30" s="8" customFormat="1">
       <c r="A22" s="23">
         <v>19</v>
       </c>
       <c r="B22" s="16" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="30" s="8" customFormat="1">
       <c r="A23" s="24">
         <v>20</v>
       </c>
-      <c r="B23" s="25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23" s="25"/>
       <c r="C23" s="25"/>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
     </row>
     <row r="24" spans="1:15">
-      <c r="B24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I24" s="3"/>
       <c r="J24" s="1"/>
     </row>
     <row r="25" spans="1:15">
-      <c r="B25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I25" s="3"/>
       <c r="J25" s="1"/>
     </row>
     <row r="26" spans="1:15">
       <c r="I26" s="3"/>
       <c r="J26" s="1"/>
     </row>
     <row r="27" spans="1:15">
       <c r="I27" s="3"/>
       <c r="J27" s="1"/>
     </row>
     <row r="28" spans="1:15">
       <c r="I28" s="3"/>
       <c r="J28" s="1"/>
     </row>
     <row r="29" spans="1:15">
       <c r="I29" s="3"/>
       <c r="J29" s="1"/>
     </row>
     <row r="30" spans="1:15">
       <c r="I30" s="3"/>
       <c r="J30" s="1"/>
     </row>
     <row r="31" spans="1:15">
       <c r="I31" s="3"/>